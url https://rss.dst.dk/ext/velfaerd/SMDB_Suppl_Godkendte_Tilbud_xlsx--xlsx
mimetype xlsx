--- v1 (2026-01-08)
+++ v2 (2026-03-04)
@@ -21,51 +21,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\kwn\Desktop\SMDB Adhoc\Tilbud\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="360" yWindow="75" windowWidth="17055" windowHeight="10830"/>
   </bookViews>
   <sheets>
     <sheet name="Tilbud" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Tilbud!$A$1:$I$1</definedName>
     <definedName name="Tilbud">Tilbud!$A$1:$I$198</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Tilbud!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="162913" refMode="R1C1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1649" uniqueCount="1022">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1662" uniqueCount="1030">
   <si>
     <t>Vej</t>
   </si>
   <si>
     <t>Postnummer</t>
   </si>
   <si>
     <t>By</t>
   </si>
   <si>
     <t>Kongens Ø Munkerup (tidligere Arresøhøj) (Døgn)</t>
   </si>
   <si>
     <t>Munkerup Strandvej</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>3120</t>
   </si>
   <si>
     <t>Dronningmølle</t>
   </si>
   <si>
@@ -3096,50 +3096,74 @@
     <t>Helsingørsgade</t>
   </si>
   <si>
     <t>8C</t>
   </si>
   <si>
     <t>Alfa Rehab Aarhus</t>
   </si>
   <si>
     <t>Hans Hartvig Seedorffs Stræde</t>
   </si>
   <si>
     <t>3,1 th</t>
   </si>
   <si>
     <t>Team Rusmidler - Voksne</t>
   </si>
   <si>
     <t>Team Rusmidler - Unge og Familie</t>
   </si>
   <si>
     <t>U-turn Horsens</t>
   </si>
   <si>
     <t>Robert Holms Vej</t>
+  </si>
+  <si>
+    <t>Forebyggelse og Indsats</t>
+  </si>
+  <si>
+    <t>Vitaparkvej</t>
+  </si>
+  <si>
+    <t>Min virksomhed v/Maja Frandsen</t>
+  </si>
+  <si>
+    <t>Solvænget</t>
+  </si>
+  <si>
+    <t>Fanø</t>
+  </si>
+  <si>
+    <t>Familiehuset</t>
+  </si>
+  <si>
+    <t>Lembckesvej</t>
+  </si>
+  <si>
+    <t>2A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -3464,51 +3488,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I212"/>
+  <dimension ref="A1:I215"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" customWidth="1"/>
     <col min="2" max="2" width="81.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="28.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12" customWidth="1"/>
     <col min="5" max="5" width="13.5703125" customWidth="1"/>
     <col min="6" max="6" width="14" customWidth="1"/>
     <col min="7" max="7" width="20.42578125" customWidth="1"/>
     <col min="8" max="8" width="23.7109375" customWidth="1"/>
     <col min="9" max="9" width="23" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>976</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>977</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
@@ -9581,55 +9605,142 @@
       <c r="B212" s="3" t="s">
         <v>1019</v>
       </c>
       <c r="C212" s="3" t="s">
         <v>357</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>358</v>
       </c>
       <c r="E212" s="4" t="s">
         <v>359</v>
       </c>
       <c r="F212" s="3" t="s">
         <v>360</v>
       </c>
       <c r="G212" s="4" t="s">
         <v>361</v>
       </c>
       <c r="H212" s="4">
         <v>1011197155</v>
       </c>
       <c r="I212" s="3" t="s">
         <v>32</v>
       </c>
     </row>
+    <row r="213" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A213" s="3">
+        <v>1292</v>
+      </c>
+      <c r="B213" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C213" s="3" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D213" s="4">
+        <v>11</v>
+      </c>
+      <c r="E213" s="4">
+        <v>8300</v>
+      </c>
+      <c r="F213" s="3" t="s">
+        <v>716</v>
+      </c>
+      <c r="G213" s="4">
+        <v>32264328</v>
+      </c>
+      <c r="H213" s="4">
+        <v>1024052679</v>
+      </c>
+      <c r="I213" s="3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="214" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A214" s="3">
+        <v>1293</v>
+      </c>
+      <c r="B214" s="3" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C214" s="3" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D214" s="4">
+        <v>4</v>
+      </c>
+      <c r="E214" s="4">
+        <v>6720</v>
+      </c>
+      <c r="F214" s="3" t="s">
+        <v>1026</v>
+      </c>
+      <c r="G214" s="4">
+        <v>44453355</v>
+      </c>
+      <c r="H214" s="4">
+        <v>1029863209</v>
+      </c>
+      <c r="I214" s="3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="215" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A215" s="3">
+        <v>1294</v>
+      </c>
+      <c r="B215" s="3" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C215" s="3" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D215" s="4" t="s">
+        <v>1029</v>
+      </c>
+      <c r="E215" s="4">
+        <v>6100</v>
+      </c>
+      <c r="F215" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="G215" s="4">
+        <v>29189757</v>
+      </c>
+      <c r="H215" s="4">
+        <v>1016517263</v>
+      </c>
+      <c r="I215" s="3" t="s">
+        <v>32</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="56" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddHeader>&amp;LDanmarks Statistik - Stofmisbrugsdatabasen&amp;C&amp;A&amp;ROversigt pr. 27 november 2025</oddHeader>
+    <oddHeader>&amp;LDanmarks Statistik - Stofmisbrugsdatabasen&amp;C&amp;A&amp;ROversigt pr. 2 marts 2026</oddHeader>
     <oddFooter>Side &amp;P af &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Regneark</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Navngivne områder</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>