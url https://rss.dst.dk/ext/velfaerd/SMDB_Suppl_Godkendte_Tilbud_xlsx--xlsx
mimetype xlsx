--- v2 (2026-03-04)
+++ v3 (2026-03-26)
@@ -16,56 +16,56 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\kwn\Desktop\SMDB Adhoc\Tilbud\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="360" yWindow="75" windowWidth="17055" windowHeight="10830"/>
   </bookViews>
   <sheets>
     <sheet name="Tilbud" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Tilbud!$A$1:$I$1</definedName>
     <definedName name="Tilbud">Tilbud!$A$1:$I$198</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Tilbud!$1:$1</definedName>
   </definedNames>
-  <calcPr calcId="162913" refMode="R1C1"/>
+  <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1662" uniqueCount="1030">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1675" uniqueCount="1037">
   <si>
     <t>Vej</t>
   </si>
   <si>
     <t>Postnummer</t>
   </si>
   <si>
     <t>By</t>
   </si>
   <si>
     <t>Kongens Ø Munkerup (tidligere Arresøhøj) (Døgn)</t>
   </si>
   <si>
     <t>Munkerup Strandvej</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>3120</t>
   </si>
   <si>
     <t>Dronningmølle</t>
   </si>
   <si>
@@ -3120,50 +3120,71 @@
     <t>Robert Holms Vej</t>
   </si>
   <si>
     <t>Forebyggelse og Indsats</t>
   </si>
   <si>
     <t>Vitaparkvej</t>
   </si>
   <si>
     <t>Min virksomhed v/Maja Frandsen</t>
   </si>
   <si>
     <t>Solvænget</t>
   </si>
   <si>
     <t>Fanø</t>
   </si>
   <si>
     <t>Familiehuset</t>
   </si>
   <si>
     <t>Lembckesvej</t>
   </si>
   <si>
     <t>2A</t>
+  </si>
+  <si>
+    <t>Familiepleje - BURC + Social- og Handicapcenter</t>
+  </si>
+  <si>
+    <t>Bygaden</t>
+  </si>
+  <si>
+    <t>RUST (Rusmiddelenhed for Udgående og Specialiserede Tilbud)</t>
+  </si>
+  <si>
+    <t>Spaniensgade</t>
+  </si>
+  <si>
+    <t>Familiecenter, Døgn og Aflastning</t>
+  </si>
+  <si>
+    <t>Sct. Laurentiivej</t>
+  </si>
+  <si>
+    <t>14B</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -3488,51 +3509,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I215"/>
+  <dimension ref="A1:I232"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" customWidth="1"/>
     <col min="2" max="2" width="81.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="28.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12" customWidth="1"/>
     <col min="5" max="5" width="13.5703125" customWidth="1"/>
     <col min="6" max="6" width="14" customWidth="1"/>
     <col min="7" max="7" width="20.42578125" customWidth="1"/>
     <col min="8" max="8" width="23.7109375" customWidth="1"/>
     <col min="9" max="9" width="23" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>976</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>977</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
@@ -9692,55 +9713,296 @@
       <c r="B215" s="3" t="s">
         <v>1027</v>
       </c>
       <c r="C215" s="3" t="s">
         <v>1028</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>1029</v>
       </c>
       <c r="E215" s="4">
         <v>6100</v>
       </c>
       <c r="F215" s="3" t="s">
         <v>65</v>
       </c>
       <c r="G215" s="4">
         <v>29189757</v>
       </c>
       <c r="H215" s="4">
         <v>1016517263</v>
       </c>
       <c r="I215" s="3" t="s">
         <v>32</v>
       </c>
     </row>
+    <row r="216" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A216" s="3">
+        <v>1295</v>
+      </c>
+      <c r="B216" s="3" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C216" s="3" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D216" s="4">
+        <v>2</v>
+      </c>
+      <c r="E216" s="4">
+        <v>2630</v>
+      </c>
+      <c r="F216" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="G216" s="4">
+        <v>19501817</v>
+      </c>
+      <c r="H216" s="4">
+        <v>1015779965</v>
+      </c>
+      <c r="I216" s="3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="217" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A217" s="3">
+        <v>1296</v>
+      </c>
+      <c r="B217" s="3" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C217" s="3" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D217" s="4">
+        <v>25</v>
+      </c>
+      <c r="E217" s="4">
+        <v>2300</v>
+      </c>
+      <c r="F217" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="G217" s="4">
+        <v>64942212</v>
+      </c>
+      <c r="H217" s="4">
+        <v>1018050389</v>
+      </c>
+      <c r="I217" s="3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="218" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A218" s="3">
+        <v>1297</v>
+      </c>
+      <c r="B218" s="3" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C218" s="3" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D218" s="4" t="s">
+        <v>1036</v>
+      </c>
+      <c r="E218" s="4">
+        <v>8800</v>
+      </c>
+      <c r="F218" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="G218" s="4">
+        <v>29189846</v>
+      </c>
+      <c r="H218" s="4">
+        <v>1015279911</v>
+      </c>
+      <c r="I218" s="3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="219" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A219" s="3"/>
+      <c r="B219" s="3"/>
+      <c r="C219" s="3"/>
+      <c r="D219" s="4"/>
+      <c r="E219" s="4"/>
+      <c r="F219" s="3"/>
+      <c r="G219" s="4"/>
+      <c r="H219" s="4"/>
+      <c r="I219" s="3"/>
+    </row>
+    <row r="220" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A220" s="3"/>
+      <c r="B220" s="3"/>
+      <c r="C220" s="3"/>
+      <c r="D220" s="4"/>
+      <c r="E220" s="4"/>
+      <c r="F220" s="3"/>
+      <c r="G220" s="4"/>
+      <c r="H220" s="4"/>
+      <c r="I220" s="3"/>
+    </row>
+    <row r="221" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A221" s="3"/>
+      <c r="B221" s="3"/>
+      <c r="C221" s="3"/>
+      <c r="D221" s="4"/>
+      <c r="E221" s="4"/>
+      <c r="F221" s="3"/>
+      <c r="G221" s="4"/>
+      <c r="H221" s="4"/>
+      <c r="I221" s="3"/>
+    </row>
+    <row r="222" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A222" s="3"/>
+      <c r="B222" s="3"/>
+      <c r="C222" s="3"/>
+      <c r="D222" s="4"/>
+      <c r="E222" s="4"/>
+      <c r="F222" s="3"/>
+      <c r="G222" s="4"/>
+      <c r="H222" s="4"/>
+      <c r="I222" s="3"/>
+    </row>
+    <row r="223" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A223" s="3"/>
+      <c r="B223" s="3"/>
+      <c r="C223" s="3"/>
+      <c r="D223" s="4"/>
+      <c r="E223" s="4"/>
+      <c r="F223" s="3"/>
+      <c r="G223" s="4"/>
+      <c r="H223" s="4"/>
+      <c r="I223" s="3"/>
+    </row>
+    <row r="224" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A224" s="3"/>
+      <c r="B224" s="3"/>
+      <c r="C224" s="3"/>
+      <c r="D224" s="4"/>
+      <c r="E224" s="4"/>
+      <c r="F224" s="3"/>
+      <c r="G224" s="4"/>
+      <c r="H224" s="4"/>
+      <c r="I224" s="3"/>
+    </row>
+    <row r="225" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A225" s="3"/>
+      <c r="B225" s="3"/>
+      <c r="C225" s="3"/>
+      <c r="D225" s="4"/>
+      <c r="E225" s="4"/>
+      <c r="F225" s="3"/>
+      <c r="G225" s="4"/>
+      <c r="H225" s="4"/>
+      <c r="I225" s="3"/>
+    </row>
+    <row r="226" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A226" s="3"/>
+      <c r="B226" s="3"/>
+      <c r="C226" s="3"/>
+      <c r="D226" s="4"/>
+      <c r="E226" s="4"/>
+      <c r="F226" s="3"/>
+      <c r="G226" s="4"/>
+      <c r="H226" s="4"/>
+      <c r="I226" s="3"/>
+    </row>
+    <row r="227" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A227" s="3"/>
+      <c r="B227" s="3"/>
+      <c r="C227" s="3"/>
+      <c r="D227" s="4"/>
+      <c r="E227" s="4"/>
+      <c r="F227" s="3"/>
+      <c r="G227" s="4"/>
+      <c r="H227" s="4"/>
+      <c r="I227" s="3"/>
+    </row>
+    <row r="228" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A228" s="3"/>
+      <c r="B228" s="3"/>
+      <c r="C228" s="3"/>
+      <c r="D228" s="4"/>
+      <c r="E228" s="4"/>
+      <c r="F228" s="3"/>
+      <c r="G228" s="4"/>
+      <c r="H228" s="4"/>
+      <c r="I228" s="3"/>
+    </row>
+    <row r="229" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A229" s="3"/>
+      <c r="B229" s="3"/>
+      <c r="C229" s="3"/>
+      <c r="D229" s="4"/>
+      <c r="E229" s="4"/>
+      <c r="F229" s="3"/>
+      <c r="G229" s="4"/>
+      <c r="H229" s="4"/>
+      <c r="I229" s="3"/>
+    </row>
+    <row r="230" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A230" s="3"/>
+      <c r="B230" s="3"/>
+      <c r="C230" s="3"/>
+      <c r="D230" s="4"/>
+      <c r="E230" s="4"/>
+      <c r="F230" s="3"/>
+      <c r="G230" s="4"/>
+      <c r="H230" s="4"/>
+      <c r="I230" s="3"/>
+    </row>
+    <row r="231" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A231" s="3"/>
+      <c r="B231" s="3"/>
+      <c r="C231" s="3"/>
+      <c r="D231" s="4"/>
+      <c r="E231" s="4"/>
+      <c r="F231" s="3"/>
+      <c r="G231" s="4"/>
+      <c r="H231" s="4"/>
+      <c r="I231" s="3"/>
+    </row>
+    <row r="232" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A232" s="3"/>
+      <c r="B232" s="3"/>
+      <c r="C232" s="3"/>
+      <c r="D232" s="4"/>
+      <c r="E232" s="4"/>
+      <c r="F232" s="3"/>
+      <c r="G232" s="4"/>
+      <c r="H232" s="4"/>
+      <c r="I232" s="3"/>
+    </row>
   </sheetData>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="56" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddHeader>&amp;LDanmarks Statistik - Stofmisbrugsdatabasen&amp;C&amp;A&amp;ROversigt pr. 2 marts 2026</oddHeader>
+    <oddHeader>&amp;LDanmarks Statistik - Stofmisbrugsdatabasen&amp;C&amp;A&amp;ROversigt pr. 20 marts 2026</oddHeader>
     <oddFooter>Side &amp;P af &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Regneark</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Navngivne områder</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>